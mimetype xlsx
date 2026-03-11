--- v0 (2026-01-24)
+++ v1 (2026-03-11)
@@ -1184,51 +1184,51 @@
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>9.74</v>
       </c>
       <c r="D13" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>11.37</v>
       </c>
       <c r="D14" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>11.37</v>
       </c>
       <c r="D15" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>12.99</v>
@@ -1639,53 +1639,51 @@
         <v>113</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="2"/>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
         <v>114</v>
       </c>
       <c r="B57" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="2"/>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
         <v>116</v>
       </c>
       <c r="B58" t="s">
         <v>117</v>
       </c>
       <c r="C58" s="1">
         <v>14.46</v>
       </c>
-      <c r="D58" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D58" s="2"/>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
         <v>118</v>
       </c>
       <c r="B59" t="s">
         <v>119</v>
       </c>
       <c r="C59" s="1">
         <v>10.89</v>
       </c>
       <c r="D59" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
         <v>120</v>
       </c>
       <c r="B60" t="s">
         <v>121</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="2"/>
     </row>
@@ -1892,51 +1890,51 @@
       <c r="D79" s="2"/>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>5.11</v>
       </c>
       <c r="D80" s="2"/>
     </row>
     <row r="81" spans="1:26">
       <c r="A81" t="s">
         <v>162</v>
       </c>
       <c r="B81" t="s">
         <v>163</v>
       </c>
       <c r="C81" s="1">
         <v>5.11</v>
       </c>
       <c r="D81" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:26">
       <c r="A82" t="s">
         <v>164</v>
       </c>
       <c r="B82" t="s">
         <v>165</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="2"/>
     </row>
     <row r="83" spans="1:26">
       <c r="A83" t="s">
         <v>166</v>
       </c>
       <c r="B83" t="s">
         <v>167</v>
       </c>
       <c r="C83" s="1">
         <v>3.83</v>
       </c>
       <c r="D83" s="2">
         <v>1</v>
       </c>
@@ -1992,51 +1990,51 @@
       </c>
       <c r="C88" s="1"/>
       <c r="D88" s="2"/>
     </row>
     <row r="89" spans="1:26">
       <c r="A89" t="s">
         <v>178</v>
       </c>
       <c r="B89" t="s">
         <v>179</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="2"/>
     </row>
     <row r="90" spans="1:26">
       <c r="A90" t="s">
         <v>180</v>
       </c>
       <c r="B90" t="s">
         <v>181</v>
       </c>
       <c r="C90" s="1">
         <v>9</v>
       </c>
       <c r="D90" s="2">
-        <v>34</v>
+        <v>32</v>
       </c>
     </row>
     <row r="91" spans="1:26">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
         <v>183</v>
       </c>
       <c r="C91" s="1">
         <v>7.62</v>
       </c>
       <c r="D91" s="2"/>
     </row>
     <row r="92" spans="1:26">
       <c r="A92" t="s">
         <v>184</v>
       </c>
       <c r="B92" t="s">
         <v>185</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="2"/>
     </row>
     <row r="93" spans="1:26">