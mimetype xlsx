--- v0 (2025-10-19)
+++ v1 (2026-01-17)
@@ -642,65 +642,65 @@
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>103.5</v>
       </c>
       <c r="D11" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>26.96</v>
       </c>
       <c r="D12" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>5.75</v>
       </c>
       <c r="D13" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>