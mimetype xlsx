--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -601,92 +601,90 @@
       </c>
       <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>11.5</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>34.5</v>
       </c>
-      <c r="D9" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>11.5</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>103.5</v>
       </c>
       <c r="D11" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>26.96</v>
       </c>
       <c r="D12" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
         <v>5.75</v>
       </c>
       <c r="D13" s="2">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>