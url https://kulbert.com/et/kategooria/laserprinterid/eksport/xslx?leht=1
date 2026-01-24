--- v0 (2025-10-19)
+++ v1 (2026-01-24)
@@ -12,64 +12,76 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
     <t>Code</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
+    <t>1102RW3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera Ecosys P2235dw (A4; 35 lk/min; 256MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN + WiFi)</t>
+  </si>
+  <si>
+    <t>110C3J3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera ECOSYS PA3500x (A4; 35 lk/min; 256MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN)</t>
+  </si>
+  <si>
     <t>110C0G3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS PA2600cwx (A4; 26 lk/min mv/värv; 1024 MB; 250+50 lehte; Duplex; USB, Network, WIFi; Start tooner CMYK 1200)</t>
   </si>
   <si>
     <t>1102Y73NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys PA2001 (A4; 20 lk/min; 16MB; 150 lehte; Host based (GDI); USB 2.0), starditooneri kestvus 700 lehte</t>
   </si>
   <si>
     <t>1102YV3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys PA2001w (A4; 20 lk/min; 32MB; 150 lehte; Host based (GDI); USB 2.0) ja WLAN (IEEE 802.11 b/g/n), starditooneri kestvus 700 lehte</t>
   </si>
   <si>
     <t>110C1F3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys PA4000wx (A4; 40 lk/min; 512MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN+WiFi 5GHz)</t>
   </si>
   <si>
     <t>110C153NL0</t>
@@ -84,50 +96,56 @@
     <t>Kyocera ECOSYS PA4500cx (A4; 45 lk/min mv/värv; 1 GB; 500+100 lehte; Duplex; USB, Network; Start tooner CMY 6000 K 8000)</t>
   </si>
   <si>
     <t>1102Z03NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS PA4000cx (A4; 40 lk/min mv/värv; 1 GB; 500+100 lehte; Duplex; USB, Network; Start tooner CMY 5000 K 6000)</t>
   </si>
   <si>
     <t>110C0Y3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys PA4500x (A4; 45 lk/min; 512 MB; 500+100 lehte; PCL6 &amp; KPDL3; Duplex; USB 2.0 + Gigabit Ethernet)</t>
   </si>
   <si>
     <t>1102YJ3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS PA3500cx (A4; 35 lk/min mv/värv; 1 GB; 500+100 lehte; Duplex; USB, Network; Start tooner CMY 2500 K 3500)</t>
   </si>
   <si>
     <t>110C0T3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys PA6000x (A4; 60 lk/min; 512 MB; 500+100 lehte; PCL6 &amp; KPDL3; Duplex; USB 2.0 + Gigabit Ethernet)</t>
+  </si>
+  <si>
+    <t>1102RC3NL0</t>
+  </si>
+  <si>
+    <t>Kyocera ECOSYS P5026cdn (A4; 26 lk/min mv/värv; 512 MB; 250+50 lehte; Duplex; USB, Network; Start tooner CMYK 1200)</t>
   </si>
   <si>
     <t>1102RB3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS P5026cdw (A4; 26 lk/min mv/värv; 512 MB; 250+50 lehte; Duplex; USB, Network, WIFi; Start tooner CMYK 1200)</t>
   </si>
   <si>
     <t>1102RV3NL0</t>
   </si>
   <si>
     <t>Kyocera Ecosys P2235dn (A4; 35 lk/min; 256MB; 250 lehte; PCL6 &amp; KPDL3; duplex; USB 2.0 + LAN)</t>
   </si>
   <si>
     <t>1102TV3NL0</t>
   </si>
   <si>
     <t>Kyocera ECOSYS P6230cdn (A4; 30 lk/min mv/värv; 1 GB; 500+100 lehte; Duplex; USB, Network; Start tooner CMY 2500 K 3500)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -453,54 +471,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z14"/>
+  <dimension ref="A1:Z17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D1" sqref="D1:D14"/>
+      <selection activeCell="D1" sqref="D1:D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="169" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
@@ -511,209 +529,245 @@
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
-        <v>415.32</v>
+        <v>202.8</v>
       </c>
       <c r="D2" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D3" s="2"/>
+        <v>202.8</v>
+      </c>
+      <c r="D3" s="2">
+        <v>19</v>
+      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>415.32</v>
+      </c>
+      <c r="D4" s="2">
+        <v>1</v>
+      </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>268.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
-        <v>672</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>345</v>
+      </c>
+      <c r="D7" s="2">
+        <v>2</v>
+      </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
-        <v>504</v>
+        <v>268.8</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
-        <v>358.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>672</v>
+      </c>
+      <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
-        <v>432</v>
-[...3 lines deleted...]
-      </c>
+        <v>504</v>
+      </c>
+      <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
-        <v>726</v>
-[...3 lines deleted...]
-      </c>
+        <v>358.8</v>
+      </c>
+      <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
-        <v>390.83</v>
+        <v>432</v>
       </c>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
-        <v>199.17</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>726</v>
+      </c>
+      <c r="D13" s="2">
+        <v>6</v>
+      </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
+        <v>294</v>
+      </c>
+      <c r="D14" s="2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26">
+      <c r="A15" t="s">
+        <v>30</v>
+      </c>
+      <c r="B15" t="s">
+        <v>31</v>
+      </c>
+      <c r="C15" s="1">
+        <v>390.83</v>
+      </c>
+      <c r="D15" s="2"/>
+    </row>
+    <row r="16" spans="1:26">
+      <c r="A16" t="s">
+        <v>32</v>
+      </c>
+      <c r="B16" t="s">
+        <v>33</v>
+      </c>
+      <c r="C16" s="1">
+        <v>199.17</v>
+      </c>
+      <c r="D16" s="2"/>
+    </row>
+    <row r="17" spans="1:26">
+      <c r="A17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" s="1">
         <v>424.17</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D17" s="2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">