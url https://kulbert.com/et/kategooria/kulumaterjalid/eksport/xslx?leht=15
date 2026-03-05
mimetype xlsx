--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -6726,51 +6726,51 @@
       <c r="D65" s="2"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
         <v>586.5</v>
       </c>
       <c r="D66" s="2"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
         <v>179.47</v>
       </c>
       <c r="D67" s="2">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>53.9</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>218.9</v>
       </c>
       <c r="D69" s="2"/>
@@ -9282,51 +9282,51 @@
     <row r="273" spans="1:26">
       <c r="A273" t="s">
         <v>546</v>
       </c>
       <c r="B273" t="s">
         <v>547</v>
       </c>
       <c r="C273" s="1">
         <v>135.25</v>
       </c>
       <c r="D273" s="2">
         <v>18</v>
       </c>
     </row>
     <row r="274" spans="1:26">
       <c r="A274" t="s">
         <v>548</v>
       </c>
       <c r="B274" t="s">
         <v>549</v>
       </c>
       <c r="C274" s="1">
         <v>179.47</v>
       </c>
       <c r="D274" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="275" spans="1:26">
       <c r="A275" t="s">
         <v>550</v>
       </c>
       <c r="B275" t="s">
         <v>551</v>
       </c>
       <c r="C275" s="1">
         <v>102.51</v>
       </c>
       <c r="D275" s="2"/>
     </row>
     <row r="276" spans="1:26">
       <c r="A276" t="s">
         <v>552</v>
       </c>
       <c r="B276" t="s">
         <v>553</v>
       </c>
       <c r="C276" s="1">
         <v>52.71</v>
       </c>
       <c r="D276" s="2">