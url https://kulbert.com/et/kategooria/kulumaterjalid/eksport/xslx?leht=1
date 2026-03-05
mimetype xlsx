--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -7694,51 +7694,51 @@
     <row r="138" spans="1:26">
       <c r="A138" t="s">
         <v>276</v>
       </c>
       <c r="B138" t="s">
         <v>277</v>
       </c>
       <c r="C138" s="1">
         <v>9.74</v>
       </c>
       <c r="D138" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:26">
       <c r="A139" t="s">
         <v>278</v>
       </c>
       <c r="B139" t="s">
         <v>279</v>
       </c>
       <c r="C139" s="1">
         <v>11.37</v>
       </c>
       <c r="D139" s="2">
-        <v>9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:26">
       <c r="A140" t="s">
         <v>280</v>
       </c>
       <c r="B140" t="s">
         <v>281</v>
       </c>
       <c r="C140" s="1">
         <v>11.37</v>
       </c>
       <c r="D140" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:26">
       <c r="A141" t="s">
         <v>282</v>
       </c>
       <c r="B141" t="s">
         <v>283</v>
       </c>
       <c r="C141" s="1">
         <v>12.99</v>
@@ -16748,51 +16748,51 @@
     <row r="877" spans="1:26">
       <c r="A877" t="s">
         <v>1754</v>
       </c>
       <c r="B877" t="s">
         <v>1755</v>
       </c>
       <c r="C877" s="1">
         <v>72.46</v>
       </c>
       <c r="D877" s="2">
         <v>88</v>
       </c>
     </row>
     <row r="878" spans="1:26">
       <c r="A878" t="s">
         <v>1756</v>
       </c>
       <c r="B878" t="s">
         <v>1757</v>
       </c>
       <c r="C878" s="1">
         <v>72.46</v>
       </c>
       <c r="D878" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="879" spans="1:26">
       <c r="A879" t="s">
         <v>1758</v>
       </c>
       <c r="B879" t="s">
         <v>1759</v>
       </c>
       <c r="C879" s="1">
         <v>72.46</v>
       </c>
       <c r="D879" s="2">
         <v>87</v>
       </c>
     </row>
     <row r="880" spans="1:26">
       <c r="A880" t="s">
         <v>1760</v>
       </c>
       <c r="B880" t="s">
         <v>1761</v>
       </c>
       <c r="C880" s="1">
         <v>66.08</v>