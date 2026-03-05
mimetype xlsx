--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -997,53 +997,51 @@
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>154.76</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>42</v>
       </c>
-      <c r="D9" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>296.42</v>
       </c>
       <c r="D10" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>300</v>
       </c>
@@ -1130,51 +1128,51 @@
     <row r="18" spans="1:26">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
         <v>11.5</v>
       </c>
       <c r="D18" s="2">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
         <v>38</v>
       </c>
       <c r="B19" t="s">
         <v>39</v>
       </c>
       <c r="C19" s="1">
         <v>11.5</v>
       </c>
       <c r="D19" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>9.84</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>10.9</v>
       </c>
       <c r="D21" s="2">
@@ -1368,51 +1366,51 @@
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
         <v>147.6</v>
       </c>
       <c r="D36" s="2"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="1">
         <v>182.83</v>
       </c>
       <c r="D37" s="2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>2754</v>
       </c>
       <c r="D38" s="2"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>3594</v>
       </c>
       <c r="D39" s="2"/>
@@ -1420,51 +1418,51 @@
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>4.4</v>
       </c>
       <c r="D40" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>42.6</v>
       </c>
       <c r="D41" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
         <v>84</v>
       </c>
       <c r="B42" t="s">
         <v>85</v>
       </c>
       <c r="C42" s="1">
         <v>42.6</v>
       </c>
       <c r="D42" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>87</v>
       </c>
       <c r="C43" s="1">
         <v>42.6</v>
@@ -1760,51 +1758,51 @@
       <c r="D67" s="2"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>136</v>
       </c>
       <c r="B68" t="s">
         <v>137</v>
       </c>
       <c r="C68" s="1">
         <v>334.8</v>
       </c>
       <c r="D68" s="2"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>138</v>
       </c>
       <c r="B69" t="s">
         <v>139</v>
       </c>
       <c r="C69" s="1">
         <v>334.8</v>
       </c>
       <c r="D69" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>140</v>
       </c>
       <c r="B70" t="s">
         <v>141</v>
       </c>
       <c r="C70" s="1">
         <v>402.6</v>
       </c>
       <c r="D70" s="2"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
         <v>142</v>
       </c>
       <c r="B71" t="s">
         <v>143</v>
       </c>
       <c r="C71" s="1">
         <v>402.6</v>
       </c>
       <c r="D71" s="2"/>
@@ -1847,106 +1845,104 @@
       </c>
       <c r="D74" s="2"/>
     </row>
     <row r="75" spans="1:26">
       <c r="A75" t="s">
         <v>150</v>
       </c>
       <c r="B75" t="s">
         <v>151</v>
       </c>
       <c r="C75" s="1">
         <v>11.5</v>
       </c>
       <c r="D75" s="2"/>
     </row>
     <row r="76" spans="1:26">
       <c r="A76" t="s">
         <v>152</v>
       </c>
       <c r="B76" t="s">
         <v>153</v>
       </c>
       <c r="C76" s="1">
         <v>34.5</v>
       </c>
-      <c r="D76" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D76" s="2"/>
     </row>
     <row r="77" spans="1:26">
       <c r="A77" t="s">
         <v>154</v>
       </c>
       <c r="B77" t="s">
         <v>155</v>
       </c>
       <c r="C77" s="1">
         <v>11.5</v>
       </c>
       <c r="D77" s="2"/>
     </row>
     <row r="78" spans="1:26">
       <c r="A78" t="s">
         <v>156</v>
       </c>
       <c r="B78" t="s">
         <v>157</v>
       </c>
       <c r="C78" s="1">
         <v>103.5</v>
       </c>
       <c r="D78" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:26">
       <c r="A79" t="s">
         <v>158</v>
       </c>
       <c r="B79" t="s">
         <v>159</v>
       </c>
       <c r="C79" s="1">
         <v>26.96</v>
       </c>
       <c r="D79" s="2">
-        <v>42</v>
+        <v>40</v>
       </c>
     </row>
     <row r="80" spans="1:26">
       <c r="A80" t="s">
         <v>160</v>
       </c>
       <c r="B80" t="s">
         <v>161</v>
       </c>
       <c r="C80" s="1">
         <v>5.75</v>
       </c>
       <c r="D80" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>