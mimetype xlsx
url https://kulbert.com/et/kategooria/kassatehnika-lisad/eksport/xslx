--- v0 (2025-12-03)
+++ v1 (2026-03-14)
@@ -708,51 +708,51 @@
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>4.4</v>
       </c>
       <c r="D14" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>
       </c>
       <c r="C15" s="1">
         <v>42.6</v>
       </c>
       <c r="D15" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
         <v>32</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="1">
         <v>42.6</v>
       </c>
       <c r="D16" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
         <v>34</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" s="1">
         <v>42.6</v>