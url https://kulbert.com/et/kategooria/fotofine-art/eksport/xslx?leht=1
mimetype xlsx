--- v1 (2026-01-16)
+++ v2 (2026-03-04)
@@ -1499,51 +1499,51 @@
       <c r="D19" s="2"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
         <v>40</v>
       </c>
       <c r="B20" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="1">
         <v>12.23</v>
       </c>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>5.56</v>
       </c>
       <c r="D21" s="2">
-        <v>9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
         <v>239.25</v>
       </c>
       <c r="D22" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>17.99</v>
@@ -1659,51 +1659,51 @@
       <c r="D32" s="2"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
         <v>66</v>
       </c>
       <c r="B33" t="s">
         <v>67</v>
       </c>
       <c r="C33" s="1">
         <v>16.06</v>
       </c>
       <c r="D33" s="2"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
         <v>68</v>
       </c>
       <c r="B34" t="s">
         <v>69</v>
       </c>
       <c r="C34" s="1">
         <v>28.1</v>
       </c>
       <c r="D34" s="2">
-        <v>16</v>
+        <v>14</v>
       </c>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
         <v>70</v>
       </c>
       <c r="B35" t="s">
         <v>71</v>
       </c>
       <c r="C35" s="1">
         <v>69.67</v>
       </c>
       <c r="D35" s="2"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>73</v>
       </c>
       <c r="C36" s="1">
         <v>28.08</v>
       </c>
       <c r="D36" s="2"/>
@@ -1723,51 +1723,51 @@
       </c>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
         <v>76</v>
       </c>
       <c r="B38" t="s">
         <v>77</v>
       </c>
       <c r="C38" s="1">
         <v>78.28</v>
       </c>
       <c r="D38" s="2"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>79</v>
       </c>
       <c r="C39" s="1">
         <v>6</v>
       </c>
       <c r="D39" s="2">
-        <v>175</v>
+        <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
         <v>80</v>
       </c>
       <c r="B40" t="s">
         <v>81</v>
       </c>
       <c r="C40" s="1">
         <v>25.16</v>
       </c>
       <c r="D40" s="2"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
         <v>82</v>
       </c>
       <c r="B41" t="s">
         <v>83</v>
       </c>
       <c r="C41" s="1">
         <v>17.6</v>
       </c>
       <c r="D41" s="2"/>
@@ -2039,51 +2039,51 @@
       <c r="D63" s="2"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
         <v>128</v>
       </c>
       <c r="B64" t="s">
         <v>129</v>
       </c>
       <c r="C64" s="1">
         <v>334.84</v>
       </c>
       <c r="D64" s="2"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
         <v>130</v>
       </c>
       <c r="B65" t="s">
         <v>131</v>
       </c>
       <c r="C65" s="1">
         <v>11.45</v>
       </c>
       <c r="D65" s="2">
-        <v>19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
         <v>132</v>
       </c>
       <c r="B66" t="s">
         <v>133</v>
       </c>
       <c r="C66" s="1">
         <v>16.5</v>
       </c>
       <c r="D66" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
         <v>134</v>
       </c>
       <c r="B67" t="s">
         <v>135</v>
       </c>
       <c r="C67" s="1">
         <v>8.7</v>
@@ -2509,51 +2509,51 @@
       </c>
     </row>
     <row r="103" spans="1:26">
       <c r="A103" t="s">
         <v>206</v>
       </c>
       <c r="B103" t="s">
         <v>207</v>
       </c>
       <c r="C103" s="1">
         <v>205.72</v>
       </c>
       <c r="D103" s="2"/>
     </row>
     <row r="104" spans="1:26">
       <c r="A104" t="s">
         <v>208</v>
       </c>
       <c r="B104" t="s">
         <v>209</v>
       </c>
       <c r="C104" s="1">
         <v>20.35</v>
       </c>
       <c r="D104" s="2">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105" spans="1:26">
       <c r="A105" t="s">
         <v>210</v>
       </c>
       <c r="B105" t="s">
         <v>211</v>
       </c>
       <c r="C105" s="1">
         <v>91.85</v>
       </c>
       <c r="D105" s="2">
         <v>4</v>
       </c>
     </row>
     <row r="106" spans="1:26">
       <c r="A106" t="s">
         <v>212</v>
       </c>
       <c r="B106" t="s">
         <v>213</v>
       </c>
       <c r="C106" s="1">
         <v>167.75</v>
@@ -2618,54 +2618,54 @@
         <v>223</v>
       </c>
       <c r="C111" s="1">
         <v>280.28</v>
       </c>
       <c r="D111" s="2"/>
     </row>
     <row r="112" spans="1:26">
       <c r="A112" t="s">
         <v>224</v>
       </c>
       <c r="B112" t="s">
         <v>225</v>
       </c>
       <c r="C112" s="1"/>
       <c r="D112" s="2"/>
     </row>
     <row r="113" spans="1:26">
       <c r="A113" t="s">
         <v>226</v>
       </c>
       <c r="B113" t="s">
         <v>227</v>
       </c>
       <c r="C113" s="1">
-        <v>14.68</v>
+        <v>15.62</v>
       </c>
       <c r="D113" s="2">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:26">
       <c r="A114" t="s">
         <v>228</v>
       </c>
       <c r="B114" t="s">
         <v>229</v>
       </c>
       <c r="C114" s="1">
         <v>38.5</v>
       </c>
       <c r="D114" s="2"/>
     </row>
     <row r="115" spans="1:26">
       <c r="A115" t="s">
         <v>230</v>
       </c>
       <c r="B115" t="s">
         <v>231</v>
       </c>
       <c r="C115" s="1">
         <v>43.63</v>
       </c>
       <c r="D115" s="2"/>
@@ -2685,51 +2685,51 @@
     <row r="117" spans="1:26">
       <c r="A117" t="s">
         <v>234</v>
       </c>
       <c r="B117" t="s">
         <v>235</v>
       </c>
       <c r="C117" s="1">
         <v>28.6</v>
       </c>
       <c r="D117" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:26">
       <c r="A118" t="s">
         <v>236</v>
       </c>
       <c r="B118" t="s">
         <v>237</v>
       </c>
       <c r="C118" s="1">
         <v>27.5</v>
       </c>
       <c r="D118" s="2">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:26">
       <c r="A119" t="s">
         <v>238</v>
       </c>
       <c r="B119" t="s">
         <v>239</v>
       </c>
       <c r="C119" s="1">
         <v>18.32</v>
       </c>
       <c r="D119" s="2">
         <v>10</v>
       </c>
     </row>
     <row r="120" spans="1:26">
       <c r="A120" t="s">
         <v>240</v>
       </c>
       <c r="B120" t="s">
         <v>241</v>
       </c>
       <c r="C120" s="1">
         <v>42.64</v>
@@ -2751,51 +2751,51 @@
       </c>
     </row>
     <row r="122" spans="1:26">
       <c r="A122" t="s">
         <v>244</v>
       </c>
       <c r="B122" t="s">
         <v>245</v>
       </c>
       <c r="C122" s="1">
         <v>51.7</v>
       </c>
       <c r="D122" s="2"/>
     </row>
     <row r="123" spans="1:26">
       <c r="A123" t="s">
         <v>246</v>
       </c>
       <c r="B123" t="s">
         <v>247</v>
       </c>
       <c r="C123" s="1">
         <v>15.96</v>
       </c>
       <c r="D123" s="2">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="124" spans="1:26">
       <c r="A124" t="s">
         <v>248</v>
       </c>
       <c r="B124" t="s">
         <v>249</v>
       </c>
       <c r="C124" s="1">
         <v>45.37</v>
       </c>
       <c r="D124" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="125" spans="1:26">
       <c r="A125" t="s">
         <v>250</v>
       </c>
       <c r="B125" t="s">
         <v>251</v>
       </c>
       <c r="C125" s="1"/>
       <c r="D125" s="2"/>
@@ -3082,51 +3082,53 @@
       <c r="C151" s="1">
         <v>239.56</v>
       </c>
       <c r="D151" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:26">
       <c r="A152">
         <v>10640129</v>
       </c>
       <c r="B152" t="s">
         <v>279</v>
       </c>
       <c r="C152" s="1"/>
       <c r="D152" s="2"/>
     </row>
     <row r="153" spans="1:26">
       <c r="A153">
         <v>10640250</v>
       </c>
       <c r="B153" t="s">
         <v>280</v>
       </c>
       <c r="C153" s="1"/>
-      <c r="D153" s="2"/>
+      <c r="D153" s="2">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">