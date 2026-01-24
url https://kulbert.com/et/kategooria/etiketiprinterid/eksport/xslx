--- v0 (2025-10-19)
+++ v1 (2026-01-24)
@@ -579,94 +579,94 @@
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>624.75</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
-        <v>627.98</v>
+        <v>950</v>
       </c>
       <c r="D6" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>303.48</v>
       </c>
       <c r="D7" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>904.68</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>199</v>
       </c>
       <c r="D9" s="2">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>319</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>173</v>
       </c>
       <c r="D11" s="2">