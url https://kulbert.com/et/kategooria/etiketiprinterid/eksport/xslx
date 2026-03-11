--- v1 (2026-01-24)
+++ v2 (2026-03-11)
@@ -593,131 +593,129 @@
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>950</v>
       </c>
       <c r="D6" s="2">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
-        <v>303.48</v>
-[...3 lines deleted...]
-      </c>
+        <v>376.32</v>
+      </c>
+      <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>904.68</v>
       </c>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>199</v>
       </c>
       <c r="D9" s="2">
-        <v>41</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" s="1">
         <v>319</v>
       </c>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
         <v>22</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="1">
         <v>173</v>
       </c>
       <c r="D11" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="1">
         <v>208</v>
       </c>
       <c r="D12" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
         <v>26</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" s="1">
-        <v>649</v>
+        <v>799</v>
       </c>
       <c r="D13" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="1">
         <v>270</v>
       </c>
       <c r="D14" s="2">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>30</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>