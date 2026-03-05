--- v0 (2025-11-04)
+++ v1 (2026-03-05)
@@ -489,123 +489,123 @@
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>409.2</v>
       </c>
       <c r="D2" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
-        <v>776.25</v>
+        <v>713</v>
       </c>
       <c r="D3" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
-        <v>520</v>
+        <v>425</v>
       </c>
       <c r="D4" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>495</v>
       </c>
       <c r="D5" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>225</v>
       </c>
       <c r="D6" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>405</v>
       </c>
-      <c r="D7" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="2"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>555</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2">
+        <v>2</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">